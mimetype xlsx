--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -2795,51 +2795,51 @@
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A11:E11"/>
     <mergeCell ref="A22:E22"/>
     <mergeCell ref="A29:E29"/>
     <mergeCell ref="A35:E35"/>
     <mergeCell ref="A42:E42"/>
     <mergeCell ref="A55:E55"/>
     <mergeCell ref="A66:E66"/>
     <mergeCell ref="A71:E71"/>
     <mergeCell ref="A82:E82"/>
     <mergeCell ref="A89:E89"/>
     <mergeCell ref="A94:E94"/>
     <mergeCell ref="A99:E99"/>
     <mergeCell ref="A105:E105"/>
     <mergeCell ref="A116:E116"/>
     <mergeCell ref="A124:E124"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
-    <oddHeader>&amp;L&amp;G&amp;Cтел./факс: +7 (831) 435-45-50, 439-38-90&amp;R05.10.2025</oddHeader>
+    <oddHeader>&amp;L&amp;G&amp;Cтел./факс: +7 (831) 435-45-50, 439-38-90&amp;R19.11.2025</oddHeader>
     <oddFooter>rommed.ru</oddFooter>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <legacyDrawingHF r:id="rId_headerfooter_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>