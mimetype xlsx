--- v1 (2025-11-19)
+++ v2 (2026-01-03)
@@ -2795,51 +2795,51 @@
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A11:E11"/>
     <mergeCell ref="A22:E22"/>
     <mergeCell ref="A29:E29"/>
     <mergeCell ref="A35:E35"/>
     <mergeCell ref="A42:E42"/>
     <mergeCell ref="A55:E55"/>
     <mergeCell ref="A66:E66"/>
     <mergeCell ref="A71:E71"/>
     <mergeCell ref="A82:E82"/>
     <mergeCell ref="A89:E89"/>
     <mergeCell ref="A94:E94"/>
     <mergeCell ref="A99:E99"/>
     <mergeCell ref="A105:E105"/>
     <mergeCell ref="A116:E116"/>
     <mergeCell ref="A124:E124"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
-    <oddHeader>&amp;L&amp;G&amp;Cтел./факс: +7 (831) 435-45-50, 439-38-90&amp;R19.11.2025</oddHeader>
+    <oddHeader>&amp;L&amp;G&amp;Cтел./факс: +7 (831) 435-45-50, 439-38-90&amp;R03.01.2026</oddHeader>
     <oddFooter>rommed.ru</oddFooter>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <legacyDrawingHF r:id="rId_headerfooter_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>