--- v2 (2026-01-03)
+++ v3 (2026-02-18)
@@ -788,2058 +788,2058 @@
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="2">
-        <v>16217</v>
+        <v>17028</v>
       </c>
       <c r="C3" s="2">
-        <v>17028</v>
+        <v>17879</v>
       </c>
       <c r="D3" s="2">
-        <v>17879</v>
+        <v>18773</v>
       </c>
       <c r="E3" s="2">
-        <v>19667</v>
+        <v>20651</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="3" t="s">
         <v>7</v>
       </c>
       <c r="B4" s="2">
-        <v>16957</v>
+        <v>17805</v>
       </c>
       <c r="C4" s="2">
-        <v>17805</v>
+        <v>18695</v>
       </c>
       <c r="D4" s="2">
-        <v>18695</v>
+        <v>19630</v>
       </c>
       <c r="E4" s="2">
-        <v>20565</v>
+        <v>21593</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="2">
-        <v>18577</v>
+        <v>19506</v>
       </c>
       <c r="C5" s="2">
-        <v>19506</v>
+        <v>20481</v>
       </c>
       <c r="D5" s="2">
-        <v>20481</v>
+        <v>21505</v>
       </c>
       <c r="E5" s="2">
-        <v>22529</v>
+        <v>23656</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="2">
-        <v>21231</v>
+        <v>22293</v>
       </c>
       <c r="C6" s="2">
-        <v>22293</v>
+        <v>23408</v>
       </c>
       <c r="D6" s="2">
-        <v>23407</v>
+        <v>24578</v>
       </c>
       <c r="E6" s="2">
-        <v>25748</v>
+        <v>27036</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="2">
-        <v>21525</v>
+        <v>22601</v>
       </c>
       <c r="C7" s="2">
-        <v>22601</v>
+        <v>23731</v>
       </c>
       <c r="D7" s="2">
-        <v>23731</v>
+        <v>24918</v>
       </c>
       <c r="E7" s="2">
-        <v>26104</v>
+        <v>27409</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B8" s="2">
-        <v>22351</v>
+        <v>23469</v>
       </c>
       <c r="C8" s="2">
-        <v>23469</v>
+        <v>24642</v>
       </c>
       <c r="D8" s="2">
-        <v>24642</v>
+        <v>25875</v>
       </c>
       <c r="E8" s="2">
-        <v>27106</v>
+        <v>28462</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="2">
-        <v>23147</v>
+        <v>24304</v>
       </c>
       <c r="C9" s="2">
-        <v>24304</v>
+        <v>25519</v>
       </c>
       <c r="D9" s="2">
-        <v>25520</v>
+        <v>26795</v>
       </c>
       <c r="E9" s="2">
-        <v>28072</v>
+        <v>29475</v>
       </c>
     </row>
     <row r="11" spans="1:5" customHeight="1" ht="20">
       <c r="A11" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="1"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>4</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B13" s="2">
-        <v>20789</v>
+        <v>21828</v>
       </c>
       <c r="C13" s="2">
-        <v>21828</v>
+        <v>22919</v>
       </c>
       <c r="D13" s="2">
-        <v>22920</v>
+        <v>24065</v>
       </c>
       <c r="E13" s="2">
-        <v>25212</v>
+        <v>26472</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B14" s="2">
-        <v>22055</v>
+        <v>23158</v>
       </c>
       <c r="C14" s="2">
-        <v>23158</v>
+        <v>24316</v>
       </c>
       <c r="D14" s="2">
-        <v>24316</v>
+        <v>25532</v>
       </c>
       <c r="E14" s="2">
-        <v>26747</v>
+        <v>28085</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B15" s="2">
-        <v>25062</v>
+        <v>26315</v>
       </c>
       <c r="C15" s="2">
-        <v>26315</v>
+        <v>27631</v>
       </c>
       <c r="D15" s="2">
-        <v>27631</v>
+        <v>29012</v>
       </c>
       <c r="E15" s="2">
-        <v>30394</v>
+        <v>31914</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="2">
-        <v>23000</v>
+        <v>24150</v>
       </c>
       <c r="C16" s="2">
-        <v>24150</v>
+        <v>25358</v>
       </c>
       <c r="D16" s="2">
-        <v>25358</v>
+        <v>26625</v>
       </c>
       <c r="E16" s="2">
-        <v>27893</v>
+        <v>29288</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B17" s="2">
-        <v>25359</v>
+        <v>26627</v>
       </c>
       <c r="C17" s="2">
-        <v>26627</v>
+        <v>27958</v>
       </c>
       <c r="D17" s="2">
-        <v>27958</v>
+        <v>29356</v>
       </c>
       <c r="E17" s="2">
-        <v>30754</v>
+        <v>32292</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="2">
-        <v>12650</v>
+        <v>13283</v>
       </c>
       <c r="C18" s="2">
-        <v>13283</v>
+        <v>13947</v>
       </c>
       <c r="D18" s="2">
-        <v>13947</v>
+        <v>14645</v>
       </c>
       <c r="E18" s="2">
-        <v>15341</v>
+        <v>16109</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B19" s="2">
-        <v>23296</v>
+        <v>24461</v>
       </c>
       <c r="C19" s="2">
-        <v>24461</v>
+        <v>25684</v>
       </c>
       <c r="D19" s="2">
-        <v>25684</v>
+        <v>26968</v>
       </c>
       <c r="E19" s="2">
-        <v>28252</v>
+        <v>29665</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B20" s="2">
-        <v>14885</v>
+        <v>15629</v>
       </c>
       <c r="C20" s="2">
-        <v>15629</v>
+        <v>16410</v>
       </c>
       <c r="D20" s="2">
-        <v>16411</v>
+        <v>17231</v>
       </c>
       <c r="E20" s="2">
-        <v>18052</v>
+        <v>18954</v>
       </c>
     </row>
     <row r="22" spans="1:5" customHeight="1" ht="20">
       <c r="A22" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B22" s="1"/>
       <c r="C22" s="1"/>
       <c r="D22" s="1"/>
       <c r="E22" s="1"/>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>4</v>
       </c>
       <c r="E23" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B24" s="2">
-        <v>17103</v>
+        <v>17958</v>
       </c>
       <c r="C24" s="2">
-        <v>17958</v>
+        <v>18856</v>
       </c>
       <c r="D24" s="2">
-        <v>18856</v>
+        <v>19799</v>
       </c>
       <c r="E24" s="2">
-        <v>20742</v>
+        <v>21779</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B25" s="2">
-        <v>21819</v>
+        <v>22910</v>
       </c>
       <c r="C25" s="2">
-        <v>22910</v>
+        <v>24056</v>
       </c>
       <c r="D25" s="2">
-        <v>24055</v>
+        <v>25258</v>
       </c>
       <c r="E25" s="2">
-        <v>26461</v>
+        <v>27784</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B26" s="2">
-        <v>24178</v>
+        <v>25387</v>
       </c>
       <c r="C26" s="2">
-        <v>25387</v>
+        <v>26656</v>
       </c>
       <c r="D26" s="2">
-        <v>26656</v>
+        <v>27989</v>
       </c>
       <c r="E26" s="2">
-        <v>29322</v>
+        <v>30788</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B27" s="2">
-        <v>21063</v>
+        <v>22116</v>
       </c>
       <c r="C27" s="2">
-        <v>22116</v>
+        <v>23222</v>
       </c>
       <c r="D27" s="2">
-        <v>23222</v>
+        <v>24383</v>
       </c>
       <c r="E27" s="2">
-        <v>25544</v>
+        <v>26821</v>
       </c>
     </row>
     <row r="29" spans="1:5" customHeight="1" ht="20">
       <c r="A29" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B29" s="1"/>
       <c r="C29" s="1"/>
       <c r="D29" s="1"/>
       <c r="E29" s="1"/>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>4</v>
       </c>
       <c r="E30" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B31" s="2">
-        <v>14005</v>
+        <v>14705</v>
       </c>
       <c r="C31" s="2">
-        <v>14705</v>
+        <v>15440</v>
       </c>
       <c r="D31" s="2">
-        <v>15441</v>
+        <v>16212</v>
       </c>
       <c r="E31" s="2">
-        <v>16985</v>
+        <v>17833</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B32" s="2">
-        <v>17394</v>
+        <v>18264</v>
       </c>
       <c r="C32" s="2">
-        <v>18264</v>
+        <v>19177</v>
       </c>
       <c r="D32" s="2">
-        <v>19177</v>
+        <v>20136</v>
       </c>
       <c r="E32" s="2">
-        <v>21095</v>
+        <v>22150</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B33" s="2">
-        <v>16848</v>
+        <v>17690</v>
       </c>
       <c r="C33" s="2">
-        <v>17690</v>
+        <v>18575</v>
       </c>
       <c r="D33" s="2">
-        <v>18575</v>
+        <v>19503</v>
       </c>
       <c r="E33" s="2">
-        <v>20432</v>
+        <v>21454</v>
       </c>
     </row>
     <row r="35" spans="1:5" customHeight="1" ht="20">
       <c r="A35" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B35" s="1"/>
       <c r="C35" s="1"/>
       <c r="D35" s="1"/>
       <c r="E35" s="1"/>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>4</v>
       </c>
       <c r="E36" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B37" s="2">
-        <v>8668</v>
+        <v>9101</v>
       </c>
       <c r="C37" s="2">
-        <v>9101</v>
+        <v>9556</v>
       </c>
       <c r="D37" s="2">
-        <v>9556</v>
+        <v>10034</v>
       </c>
       <c r="E37" s="2">
-        <v>10512</v>
+        <v>11037</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B38" s="2">
-        <v>12678</v>
+        <v>13312</v>
       </c>
       <c r="C38" s="2">
-        <v>13312</v>
+        <v>13978</v>
       </c>
       <c r="D38" s="2">
-        <v>13977</v>
+        <v>14676</v>
       </c>
       <c r="E38" s="2">
-        <v>15375</v>
+        <v>16144</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B39" s="2">
-        <v>18577</v>
+        <v>19506</v>
       </c>
       <c r="C39" s="2">
-        <v>19506</v>
+        <v>20481</v>
       </c>
       <c r="D39" s="2">
-        <v>20481</v>
+        <v>21505</v>
       </c>
       <c r="E39" s="2">
-        <v>22529</v>
+        <v>23656</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B40" s="2">
-        <v>9095</v>
+        <v>9550</v>
       </c>
       <c r="C40" s="2">
-        <v>9550</v>
+        <v>10028</v>
       </c>
       <c r="D40" s="2">
-        <v>10027</v>
+        <v>10529</v>
       </c>
       <c r="E40" s="2">
-        <v>11030</v>
+        <v>11582</v>
       </c>
     </row>
     <row r="42" spans="1:5" customHeight="1" ht="20">
       <c r="A42" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B42" s="1"/>
       <c r="C42" s="1"/>
       <c r="D42" s="1"/>
       <c r="E42" s="1"/>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>4</v>
       </c>
       <c r="E43" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B44" s="2">
-        <v>10678</v>
+        <v>11212</v>
       </c>
       <c r="C44" s="2">
-        <v>11212</v>
+        <v>11773</v>
       </c>
       <c r="D44" s="2">
-        <v>11772</v>
+        <v>12361</v>
       </c>
       <c r="E44" s="2">
-        <v>12950</v>
+        <v>13597</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B45" s="2">
-        <v>13439</v>
+        <v>14111</v>
       </c>
       <c r="C45" s="2">
-        <v>14111</v>
+        <v>14817</v>
       </c>
       <c r="D45" s="2">
-        <v>14816</v>
+        <v>15557</v>
       </c>
       <c r="E45" s="2">
-        <v>16298</v>
+        <v>17113</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="A46" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B46" s="2">
-        <v>15825</v>
+        <v>16616</v>
       </c>
       <c r="C46" s="2">
-        <v>16616</v>
+        <v>17447</v>
       </c>
       <c r="D46" s="2">
-        <v>17447</v>
+        <v>18319</v>
       </c>
       <c r="E46" s="2">
-        <v>19192</v>
+        <v>20151</v>
       </c>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B47" s="2">
-        <v>17320</v>
+        <v>18186</v>
       </c>
       <c r="C47" s="2">
-        <v>18186</v>
+        <v>19095</v>
       </c>
       <c r="D47" s="2">
-        <v>19095</v>
+        <v>20050</v>
       </c>
       <c r="E47" s="2">
-        <v>21005</v>
+        <v>22055</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B48" s="2">
-        <v>13915</v>
+        <v>16570</v>
       </c>
       <c r="C48" s="2">
-        <v>14611</v>
+        <v>17399</v>
       </c>
       <c r="D48" s="2">
-        <v>15341</v>
+        <v>18268</v>
       </c>
       <c r="E48" s="2">
-        <v>16875</v>
+        <v>20095</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B49" s="2">
-        <v>12143</v>
+        <v>12750</v>
       </c>
       <c r="C49" s="2">
-        <v>12750</v>
+        <v>13388</v>
       </c>
       <c r="D49" s="2">
-        <v>13388</v>
+        <v>14057</v>
       </c>
       <c r="E49" s="2">
-        <v>14726</v>
+        <v>15463</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B50" s="2">
-        <v>15621</v>
+        <v>16402</v>
       </c>
       <c r="C50" s="2">
-        <v>16402</v>
+        <v>17222</v>
       </c>
       <c r="D50" s="2">
-        <v>17222</v>
+        <v>18083</v>
       </c>
       <c r="E50" s="2">
-        <v>18944</v>
+        <v>19892</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B51" s="2">
-        <v>22054</v>
+        <v>23157</v>
       </c>
       <c r="C51" s="2">
-        <v>23157</v>
+        <v>24315</v>
       </c>
       <c r="D51" s="2">
-        <v>24315</v>
+        <v>25531</v>
       </c>
       <c r="E51" s="2">
-        <v>26746</v>
+        <v>28084</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B52" s="2">
-        <v>15637</v>
+        <v>16419</v>
       </c>
       <c r="C52" s="2">
-        <v>16419</v>
+        <v>17240</v>
       </c>
       <c r="D52" s="2">
-        <v>17240</v>
+        <v>18102</v>
       </c>
       <c r="E52" s="2">
-        <v>18964</v>
+        <v>19912</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B53" s="2">
-        <v>16931</v>
+        <v>17778</v>
       </c>
       <c r="C53" s="2">
-        <v>17778</v>
+        <v>18667</v>
       </c>
       <c r="D53" s="2">
-        <v>18666</v>
+        <v>19600</v>
       </c>
       <c r="E53" s="2">
-        <v>20533</v>
+        <v>21560</v>
       </c>
     </row>
     <row r="55" spans="1:5" customHeight="1" ht="20">
       <c r="A55" s="1" t="s">
         <v>47</v>
       </c>
       <c r="B55" s="1"/>
       <c r="C55" s="1"/>
       <c r="D55" s="1"/>
       <c r="E55" s="1"/>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>4</v>
       </c>
       <c r="E56" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B57" s="2">
-        <v>13114</v>
+        <v>13770</v>
       </c>
       <c r="C57" s="2">
-        <v>13770</v>
+        <v>14459</v>
       </c>
       <c r="D57" s="2">
-        <v>14458</v>
+        <v>15181</v>
       </c>
       <c r="E57" s="2">
-        <v>15904</v>
+        <v>16700</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B58" s="2">
-        <v>14090</v>
+        <v>14795</v>
       </c>
       <c r="C58" s="2">
-        <v>14795</v>
+        <v>15535</v>
       </c>
       <c r="D58" s="2">
-        <v>15534</v>
+        <v>16311</v>
       </c>
       <c r="E58" s="2">
-        <v>17088</v>
+        <v>17943</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B59" s="2">
-        <v>14647</v>
+        <v>15379</v>
       </c>
       <c r="C59" s="2">
-        <v>15379</v>
+        <v>16148</v>
       </c>
       <c r="D59" s="2">
-        <v>16148</v>
+        <v>16955</v>
       </c>
       <c r="E59" s="2">
-        <v>17763</v>
+        <v>18651</v>
       </c>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B60" s="2">
-        <v>18052</v>
+        <v>18955</v>
       </c>
       <c r="C60" s="2">
-        <v>18955</v>
+        <v>19903</v>
       </c>
       <c r="D60" s="2">
-        <v>19902</v>
+        <v>20898</v>
       </c>
       <c r="E60" s="2">
-        <v>21893</v>
+        <v>22988</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B61" s="2">
-        <v>15356</v>
+        <v>16124</v>
       </c>
       <c r="C61" s="2">
-        <v>16124</v>
+        <v>16930</v>
       </c>
       <c r="D61" s="2">
-        <v>16930</v>
+        <v>17777</v>
       </c>
       <c r="E61" s="2">
-        <v>18623</v>
+        <v>19554</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B62" s="2">
-        <v>23602</v>
+        <v>24782</v>
       </c>
       <c r="C62" s="2">
-        <v>24782</v>
+        <v>26021</v>
       </c>
       <c r="D62" s="2">
-        <v>26021</v>
+        <v>27322</v>
       </c>
       <c r="E62" s="2">
-        <v>28623</v>
+        <v>30054</v>
       </c>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B63" s="2">
-        <v>18877</v>
+        <v>19821</v>
       </c>
       <c r="C63" s="2">
-        <v>19821</v>
+        <v>20812</v>
       </c>
       <c r="D63" s="2">
-        <v>20812</v>
+        <v>21853</v>
       </c>
       <c r="E63" s="2">
-        <v>22893</v>
+        <v>24038</v>
       </c>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B64" s="2">
-        <v>17067</v>
+        <v>17920</v>
       </c>
       <c r="C64" s="2">
-        <v>17920</v>
+        <v>18816</v>
       </c>
       <c r="D64" s="2">
-        <v>18816</v>
+        <v>19757</v>
       </c>
       <c r="E64" s="2">
-        <v>20698</v>
+        <v>21732</v>
       </c>
     </row>
     <row r="66" spans="1:5" customHeight="1" ht="20">
       <c r="A66" s="1" t="s">
         <v>56</v>
       </c>
       <c r="B66" s="1"/>
       <c r="C66" s="1"/>
       <c r="D66" s="1"/>
       <c r="E66" s="1"/>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B67" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>4</v>
       </c>
       <c r="E67" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="A68" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B68" s="2">
-        <v>11751</v>
+        <v>12339</v>
       </c>
       <c r="C68" s="2">
-        <v>12339</v>
+        <v>12956</v>
       </c>
       <c r="D68" s="2">
-        <v>12955</v>
+        <v>13604</v>
       </c>
       <c r="E68" s="2">
-        <v>14251</v>
+        <v>14964</v>
       </c>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B69" s="2">
-        <v>13851</v>
+        <v>14544</v>
       </c>
       <c r="C69" s="2">
-        <v>14544</v>
+        <v>15271</v>
       </c>
       <c r="D69" s="2">
-        <v>15271</v>
+        <v>16035</v>
       </c>
       <c r="E69" s="2">
-        <v>16798</v>
+        <v>17638</v>
       </c>
     </row>
     <row r="71" spans="1:5" customHeight="1" ht="20">
       <c r="A71" s="1" t="s">
         <v>59</v>
       </c>
       <c r="B71" s="1"/>
       <c r="C71" s="1"/>
       <c r="D71" s="1"/>
       <c r="E71" s="1"/>
     </row>
     <row r="72" spans="1:5">
       <c r="A72" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B72" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>4</v>
       </c>
       <c r="E72" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B73" s="2">
-        <v>3007</v>
+        <v>3157</v>
       </c>
       <c r="C73" s="2">
-        <v>3157</v>
+        <v>3315</v>
       </c>
       <c r="D73" s="2">
-        <v>3315</v>
+        <v>3481</v>
       </c>
       <c r="E73" s="2">
-        <v>3647</v>
+        <v>3829</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="A74" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B74" s="2">
-        <v>2787</v>
+        <v>2926</v>
       </c>
       <c r="C74" s="2">
-        <v>2926</v>
+        <v>3072</v>
       </c>
       <c r="D74" s="2">
-        <v>3073</v>
+        <v>3226</v>
       </c>
       <c r="E74" s="2">
-        <v>3380</v>
+        <v>3549</v>
       </c>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B75" s="2">
-        <v>2376</v>
+        <v>2495</v>
       </c>
       <c r="C75" s="2">
-        <v>2495</v>
+        <v>2620</v>
       </c>
       <c r="D75" s="2">
-        <v>2620</v>
+        <v>2751</v>
       </c>
       <c r="E75" s="2">
-        <v>2881</v>
+        <v>3026</v>
       </c>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B76" s="2">
-        <v>4692</v>
+        <v>4927</v>
       </c>
       <c r="C76" s="2">
-        <v>4927</v>
+        <v>5173</v>
       </c>
       <c r="D76" s="2">
-        <v>5173</v>
+        <v>5432</v>
       </c>
       <c r="E76" s="2">
-        <v>5690</v>
+        <v>5975</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B77" s="2">
-        <v>3326</v>
+        <v>3492</v>
       </c>
       <c r="C77" s="2">
-        <v>3492</v>
+        <v>3667</v>
       </c>
       <c r="D77" s="2">
-        <v>3667</v>
+        <v>3850</v>
       </c>
       <c r="E77" s="2">
-        <v>4034</v>
+        <v>4235</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B78" s="2">
-        <v>4440</v>
+        <v>4662</v>
       </c>
       <c r="C78" s="2">
-        <v>4662</v>
+        <v>4895</v>
       </c>
       <c r="D78" s="2">
-        <v>4895</v>
+        <v>5140</v>
       </c>
       <c r="E78" s="2">
-        <v>5385</v>
+        <v>5654</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B79" s="2">
-        <v>5705</v>
+        <v>5990</v>
       </c>
       <c r="C79" s="2">
-        <v>5990</v>
+        <v>6290</v>
       </c>
       <c r="D79" s="2">
-        <v>6290</v>
+        <v>6604</v>
       </c>
       <c r="E79" s="2">
-        <v>6919</v>
+        <v>7264</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B80" s="2">
-        <v>3902</v>
+        <v>4097</v>
       </c>
       <c r="C80" s="2">
-        <v>4097</v>
+        <v>4302</v>
       </c>
       <c r="D80" s="2">
-        <v>4302</v>
+        <v>4517</v>
       </c>
       <c r="E80" s="2">
-        <v>4732</v>
+        <v>4969</v>
       </c>
     </row>
     <row r="82" spans="1:5" customHeight="1" ht="20">
       <c r="A82" s="1" t="s">
         <v>68</v>
       </c>
       <c r="B82" s="1"/>
       <c r="C82" s="1"/>
       <c r="D82" s="1"/>
       <c r="E82" s="1"/>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B83" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>4</v>
       </c>
       <c r="E83" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B84" s="2">
-        <v>24389</v>
+        <v>26000</v>
       </c>
       <c r="C84" s="2">
-        <v>25608</v>
+        <v>27300</v>
       </c>
       <c r="D84" s="2">
-        <v>26889</v>
+        <v>28665</v>
       </c>
       <c r="E84" s="2">
-        <v>29578</v>
+        <v>31532</v>
       </c>
     </row>
     <row r="85" spans="1:5">
       <c r="A85" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B85" s="2">
-        <v>45239</v>
+        <v>47501</v>
       </c>
       <c r="C85" s="2">
-        <v>47501</v>
+        <v>49876</v>
       </c>
       <c r="D85" s="2">
-        <v>49876</v>
+        <v>52370</v>
       </c>
       <c r="E85" s="2">
-        <v>54864</v>
+        <v>57607</v>
       </c>
     </row>
     <row r="86" spans="1:5">
       <c r="A86" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B86" s="2">
-        <v>21835</v>
+        <v>22927</v>
       </c>
       <c r="C86" s="2">
-        <v>22927</v>
+        <v>24073</v>
       </c>
       <c r="D86" s="2">
-        <v>24073</v>
+        <v>25277</v>
       </c>
       <c r="E86" s="2">
-        <v>26480</v>
+        <v>27805</v>
       </c>
     </row>
     <row r="87" spans="1:5">
       <c r="A87" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B87" s="2">
-        <v>28903</v>
+        <v>30348</v>
       </c>
       <c r="C87" s="2">
-        <v>30348</v>
+        <v>31865</v>
       </c>
       <c r="D87" s="2">
-        <v>31866</v>
+        <v>33459</v>
       </c>
       <c r="E87" s="2">
-        <v>35052</v>
+        <v>36805</v>
       </c>
     </row>
     <row r="89" spans="1:5" customHeight="1" ht="20">
       <c r="A89" s="1" t="s">
         <v>73</v>
       </c>
       <c r="B89" s="1"/>
       <c r="C89" s="1"/>
       <c r="D89" s="1"/>
       <c r="E89" s="1"/>
     </row>
     <row r="90" spans="1:5">
       <c r="A90" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>4</v>
       </c>
       <c r="E90" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="91" spans="1:5">
       <c r="A91" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B91" s="2">
-        <v>25686</v>
+        <v>26970</v>
       </c>
       <c r="C91" s="2">
-        <v>26970</v>
+        <v>28319</v>
       </c>
       <c r="D91" s="2">
-        <v>28319</v>
+        <v>29734</v>
       </c>
       <c r="E91" s="2">
-        <v>31151</v>
+        <v>32708</v>
       </c>
     </row>
     <row r="92" spans="1:5">
       <c r="A92" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B92" s="2">
-        <v>17810</v>
+        <v>18701</v>
       </c>
       <c r="C92" s="2">
-        <v>18701</v>
+        <v>19636</v>
       </c>
       <c r="D92" s="2">
-        <v>19636</v>
+        <v>20618</v>
       </c>
       <c r="E92" s="2">
-        <v>21599</v>
+        <v>22680</v>
       </c>
     </row>
     <row r="94" spans="1:5" customHeight="1" ht="20">
       <c r="A94" s="1" t="s">
         <v>76</v>
       </c>
       <c r="B94" s="1"/>
       <c r="C94" s="1"/>
       <c r="D94" s="1"/>
       <c r="E94" s="1"/>
     </row>
     <row r="95" spans="1:5">
       <c r="A95" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B95" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>4</v>
       </c>
       <c r="E95" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="96" spans="1:5">
       <c r="A96" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B96" s="2">
-        <v>21231</v>
+        <v>22293</v>
       </c>
       <c r="C96" s="2">
-        <v>22293</v>
+        <v>23408</v>
       </c>
       <c r="D96" s="2">
-        <v>23407</v>
+        <v>24578</v>
       </c>
       <c r="E96" s="2">
-        <v>25748</v>
+        <v>27036</v>
       </c>
     </row>
     <row r="97" spans="1:5">
       <c r="A97" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B97" s="2">
-        <v>21819</v>
+        <v>22910</v>
       </c>
       <c r="C97" s="2">
-        <v>22910</v>
+        <v>24056</v>
       </c>
       <c r="D97" s="2">
-        <v>24055</v>
+        <v>25258</v>
       </c>
       <c r="E97" s="2">
-        <v>26461</v>
+        <v>27784</v>
       </c>
     </row>
     <row r="99" spans="1:5" customHeight="1" ht="20">
       <c r="A99" s="1" t="s">
         <v>79</v>
       </c>
       <c r="B99" s="1"/>
       <c r="C99" s="1"/>
       <c r="D99" s="1"/>
       <c r="E99" s="1"/>
     </row>
     <row r="100" spans="1:5">
       <c r="A100" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B100" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>4</v>
       </c>
       <c r="E100" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="101" spans="1:5">
       <c r="A101" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B101" s="2">
-        <v>18121</v>
+        <v>19027</v>
       </c>
       <c r="C101" s="2">
-        <v>19027</v>
+        <v>19978</v>
       </c>
       <c r="D101" s="2">
-        <v>19978</v>
+        <v>20977</v>
       </c>
       <c r="E101" s="2">
-        <v>21976</v>
+        <v>23075</v>
       </c>
     </row>
     <row r="102" spans="1:5">
       <c r="A102" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B102" s="2">
-        <v>22229</v>
+        <v>23340</v>
       </c>
       <c r="C102" s="2">
-        <v>23340</v>
+        <v>24507</v>
       </c>
       <c r="D102" s="2">
-        <v>24507</v>
+        <v>25732</v>
       </c>
       <c r="E102" s="2">
-        <v>26958</v>
+        <v>28306</v>
       </c>
     </row>
     <row r="103" spans="1:5">
       <c r="A103" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B103" s="2">
-        <v>26476</v>
+        <v>27800</v>
       </c>
       <c r="C103" s="2">
-        <v>27800</v>
+        <v>29190</v>
       </c>
       <c r="D103" s="2">
-        <v>29190</v>
+        <v>30650</v>
       </c>
       <c r="E103" s="2">
-        <v>32109</v>
+        <v>33714</v>
       </c>
     </row>
     <row r="105" spans="1:5" customHeight="1" ht="20">
       <c r="A105" s="1" t="s">
         <v>83</v>
       </c>
       <c r="B105" s="1"/>
       <c r="C105" s="1"/>
       <c r="D105" s="1"/>
       <c r="E105" s="1"/>
     </row>
     <row r="106" spans="1:5">
       <c r="A106" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B106" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>4</v>
       </c>
       <c r="E106" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="107" spans="1:5">
       <c r="A107" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B107" s="2">
-        <v>6808</v>
+        <v>7148</v>
       </c>
       <c r="C107" s="2">
-        <v>7148</v>
+        <v>7505</v>
       </c>
       <c r="D107" s="2">
-        <v>7506</v>
+        <v>7881</v>
       </c>
       <c r="E107" s="2">
-        <v>8256</v>
+        <v>8669</v>
       </c>
     </row>
     <row r="108" spans="1:5">
       <c r="A108" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B108" s="2">
-        <v>7279</v>
+        <v>7643</v>
       </c>
       <c r="C108" s="2">
-        <v>7643</v>
+        <v>8025</v>
       </c>
       <c r="D108" s="2">
-        <v>8025</v>
+        <v>8426</v>
       </c>
       <c r="E108" s="2">
-        <v>8828</v>
+        <v>9269</v>
       </c>
     </row>
     <row r="109" spans="1:5">
       <c r="A109" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B109" s="2">
-        <v>9440</v>
+        <v>9912</v>
       </c>
       <c r="C109" s="2">
-        <v>9912</v>
+        <v>10408</v>
       </c>
       <c r="D109" s="2">
-        <v>10408</v>
+        <v>10928</v>
       </c>
       <c r="E109" s="2">
-        <v>11448</v>
+        <v>12021</v>
       </c>
     </row>
     <row r="110" spans="1:5">
       <c r="A110" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B110" s="2">
-        <v>11783</v>
+        <v>12372</v>
       </c>
       <c r="C110" s="2">
-        <v>12372</v>
+        <v>12991</v>
       </c>
       <c r="D110" s="2">
-        <v>12991</v>
+        <v>13640</v>
       </c>
       <c r="E110" s="2">
-        <v>14290</v>
+        <v>15004</v>
       </c>
     </row>
     <row r="111" spans="1:5">
       <c r="A111" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B111" s="2">
-        <v>22815</v>
+        <v>23956</v>
       </c>
       <c r="C111" s="2">
-        <v>23956</v>
+        <v>25154</v>
       </c>
       <c r="D111" s="2">
-        <v>25154</v>
+        <v>26411</v>
       </c>
       <c r="E111" s="2">
-        <v>27669</v>
+        <v>29053</v>
       </c>
     </row>
     <row r="112" spans="1:5">
       <c r="A112" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B112" s="2">
-        <v>16217</v>
+        <v>17028</v>
       </c>
       <c r="C112" s="2">
-        <v>17028</v>
+        <v>17879</v>
       </c>
       <c r="D112" s="2">
-        <v>17879</v>
+        <v>18773</v>
       </c>
       <c r="E112" s="2">
-        <v>19667</v>
+        <v>20651</v>
       </c>
     </row>
     <row r="113" spans="1:5">
       <c r="A113" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B113" s="2">
-        <v>19317</v>
+        <v>20283</v>
       </c>
       <c r="C113" s="2">
-        <v>20283</v>
+        <v>21297</v>
       </c>
       <c r="D113" s="2">
-        <v>21297</v>
+        <v>22362</v>
       </c>
       <c r="E113" s="2">
-        <v>23427</v>
+        <v>24598</v>
       </c>
     </row>
     <row r="114" spans="1:5">
       <c r="A114" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B114" s="2">
-        <v>4124</v>
+        <v>4330</v>
       </c>
       <c r="C114" s="2">
-        <v>4330</v>
+        <v>4547</v>
       </c>
       <c r="D114" s="2">
-        <v>4547</v>
+        <v>4774</v>
       </c>
       <c r="E114" s="2">
-        <v>5001</v>
+        <v>5251</v>
       </c>
     </row>
     <row r="116" spans="1:5" customHeight="1" ht="20">
       <c r="A116" s="1" t="s">
         <v>92</v>
       </c>
       <c r="B116" s="1"/>
       <c r="C116" s="1"/>
       <c r="D116" s="1"/>
       <c r="E116" s="1"/>
     </row>
     <row r="117" spans="1:5">
       <c r="A117" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B117" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C117" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>4</v>
       </c>
       <c r="E117" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="118" spans="1:5">
       <c r="A118" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B118" s="2">
-        <v>9126</v>
+        <v>9406</v>
       </c>
       <c r="C118" s="2">
-        <v>9582</v>
+        <v>9876</v>
       </c>
       <c r="D118" s="2">
-        <v>10061</v>
+        <v>10370</v>
       </c>
       <c r="E118" s="2">
-        <v>11068</v>
+        <v>11407</v>
       </c>
     </row>
     <row r="119" spans="1:5">
       <c r="A119" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B119" s="2">
-        <v>8654</v>
+        <v>9087</v>
       </c>
       <c r="C119" s="2">
-        <v>9087</v>
+        <v>9541</v>
       </c>
       <c r="D119" s="2">
-        <v>9541</v>
+        <v>10018</v>
       </c>
       <c r="E119" s="2">
-        <v>10495</v>
+        <v>11020</v>
       </c>
     </row>
     <row r="120" spans="1:5">
       <c r="A120" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B120" s="2">
-        <v>8417</v>
+        <v>8838</v>
       </c>
       <c r="C120" s="2">
-        <v>8838</v>
+        <v>9280</v>
       </c>
       <c r="D120" s="2">
-        <v>9280</v>
+        <v>9744</v>
       </c>
       <c r="E120" s="2">
-        <v>10208</v>
+        <v>10718</v>
       </c>
     </row>
     <row r="121" spans="1:5">
       <c r="A121" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B121" s="2">
-        <v>7026</v>
+        <v>7377</v>
       </c>
       <c r="C121" s="2">
-        <v>7377</v>
+        <v>7746</v>
       </c>
       <c r="D121" s="2">
-        <v>7746</v>
+        <v>8133</v>
       </c>
       <c r="E121" s="2">
-        <v>8521</v>
+        <v>8946</v>
       </c>
     </row>
     <row r="122" spans="1:5">
       <c r="A122" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B122" s="2">
-        <v>6782</v>
+        <v>7121</v>
       </c>
       <c r="C122" s="2">
-        <v>7121</v>
+        <v>7477</v>
       </c>
       <c r="D122" s="2">
-        <v>7477</v>
+        <v>7851</v>
       </c>
       <c r="E122" s="2">
-        <v>8225</v>
+        <v>8636</v>
       </c>
     </row>
     <row r="124" spans="1:5" customHeight="1" ht="20">
       <c r="A124" s="1" t="s">
         <v>98</v>
       </c>
       <c r="B124" s="1"/>
       <c r="C124" s="1"/>
       <c r="D124" s="1"/>
       <c r="E124" s="1"/>
     </row>
     <row r="125" spans="1:5">
       <c r="A125" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B125" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>4</v>
       </c>
       <c r="E125" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="126" spans="1:5">
       <c r="A126" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B126" s="2">
-        <v>10163</v>
+        <v>10671</v>
       </c>
       <c r="C126" s="2">
-        <v>10671</v>
+        <v>11205</v>
       </c>
       <c r="D126" s="2">
-        <v>11205</v>
+        <v>11765</v>
       </c>
       <c r="E126" s="2">
-        <v>12325</v>
+        <v>12941</v>
       </c>
     </row>
     <row r="127" spans="1:5">
       <c r="A127" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B127" s="2">
-        <v>12806</v>
+        <v>13446</v>
       </c>
       <c r="C127" s="2">
-        <v>13446</v>
+        <v>14118</v>
       </c>
       <c r="D127" s="2">
-        <v>14119</v>
+        <v>14824</v>
       </c>
       <c r="E127" s="2">
-        <v>15530</v>
+        <v>16307</v>
       </c>
     </row>
     <row r="128" spans="1:5">
       <c r="A128" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B128" s="2">
-        <v>5950</v>
+        <v>6248</v>
       </c>
       <c r="C128" s="2">
-        <v>6248</v>
+        <v>6560</v>
       </c>
       <c r="D128" s="2">
-        <v>6560</v>
+        <v>6888</v>
       </c>
       <c r="E128" s="2">
-        <v>7216</v>
+        <v>7577</v>
       </c>
     </row>
     <row r="129" spans="1:5">
       <c r="A129" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B129" s="2">
-        <v>7183</v>
+        <v>7542</v>
       </c>
       <c r="C129" s="2">
-        <v>7542</v>
+        <v>7919</v>
       </c>
       <c r="D129" s="2">
-        <v>7919</v>
+        <v>8315</v>
       </c>
       <c r="E129" s="2">
-        <v>8711</v>
+        <v>9147</v>
       </c>
     </row>
     <row r="130" spans="1:5">
       <c r="A130" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B130" s="2">
-        <v>7609</v>
+        <v>7989</v>
       </c>
       <c r="C130" s="2">
-        <v>7989</v>
+        <v>8388</v>
       </c>
       <c r="D130" s="2">
-        <v>8389</v>
+        <v>8808</v>
       </c>
       <c r="E130" s="2">
-        <v>9228</v>
+        <v>9689</v>
       </c>
     </row>
     <row r="131" spans="1:5">
       <c r="A131" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B131" s="2">
-        <v>9668</v>
+        <v>10151</v>
       </c>
       <c r="C131" s="2">
-        <v>10151</v>
+        <v>10659</v>
       </c>
       <c r="D131" s="2">
-        <v>10659</v>
+        <v>11191</v>
       </c>
       <c r="E131" s="2">
-        <v>11725</v>
+        <v>12311</v>
       </c>
     </row>
     <row r="132" spans="1:5">
       <c r="A132" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B132" s="2">
-        <v>8063</v>
+        <v>8466</v>
       </c>
       <c r="C132" s="2">
-        <v>8466</v>
+        <v>8889</v>
       </c>
       <c r="D132" s="2">
-        <v>8889</v>
+        <v>9334</v>
       </c>
       <c r="E132" s="2">
-        <v>9778</v>
+        <v>10267</v>
       </c>
     </row>
     <row r="133" spans="1:5">
       <c r="A133" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B133" s="2">
-        <v>9706</v>
+        <v>10191</v>
       </c>
       <c r="C133" s="2">
-        <v>10191</v>
+        <v>10701</v>
       </c>
       <c r="D133" s="2">
-        <v>10701</v>
+        <v>11236</v>
       </c>
       <c r="E133" s="2">
-        <v>11771</v>
+        <v>12359</v>
       </c>
     </row>
     <row r="134" spans="1:5">
       <c r="A134" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B134" s="2">
-        <v>7649</v>
+        <v>8031</v>
       </c>
       <c r="C134" s="2">
-        <v>8031</v>
+        <v>8433</v>
       </c>
       <c r="D134" s="2">
-        <v>8433</v>
+        <v>8854</v>
       </c>
       <c r="E134" s="2">
-        <v>9276</v>
+        <v>9740</v>
       </c>
     </row>
     <row r="135" spans="1:5">
       <c r="A135" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B135" s="2">
-        <v>9639</v>
+        <v>10121</v>
       </c>
       <c r="C135" s="2">
-        <v>10121</v>
+        <v>10627</v>
       </c>
       <c r="D135" s="2">
-        <v>10627</v>
+        <v>11158</v>
       </c>
       <c r="E135" s="2">
-        <v>11690</v>
+        <v>12274</v>
       </c>
     </row>
     <row r="136" spans="1:5">
       <c r="A136" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B136" s="2">
-        <v>11212</v>
+        <v>11773</v>
       </c>
       <c r="C136" s="2">
-        <v>11773</v>
+        <v>12362</v>
       </c>
       <c r="D136" s="2">
-        <v>12361</v>
+        <v>12980</v>
       </c>
       <c r="E136" s="2">
-        <v>13597</v>
+        <v>14278</v>
       </c>
     </row>
     <row r="137" spans="1:5">
       <c r="A137" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B137" s="2">
-        <v>2042</v>
+        <v>2144</v>
       </c>
       <c r="C137" s="2">
-        <v>2144</v>
+        <v>2251</v>
       </c>
       <c r="D137" s="2">
-        <v>2251</v>
+        <v>2364</v>
       </c>
       <c r="E137" s="2">
-        <v>2476</v>
+        <v>2600</v>
       </c>
     </row>
     <row r="138" spans="1:5">
       <c r="A138" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B138" s="2">
-        <v>2006</v>
+        <v>2106</v>
       </c>
       <c r="C138" s="2">
-        <v>2106</v>
+        <v>2211</v>
       </c>
       <c r="D138" s="2">
-        <v>2212</v>
+        <v>2322</v>
       </c>
       <c r="E138" s="2">
-        <v>2433</v>
+        <v>2554</v>
       </c>
     </row>
     <row r="139" spans="1:5">
       <c r="A139" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B139" s="2">
-        <v>2297</v>
+        <v>2412</v>
       </c>
       <c r="C139" s="2">
-        <v>2412</v>
+        <v>2533</v>
       </c>
       <c r="D139" s="2">
-        <v>2532</v>
+        <v>2659</v>
       </c>
       <c r="E139" s="2">
-        <v>2786</v>
+        <v>2925</v>
       </c>
     </row>
     <row r="140" spans="1:5">
       <c r="A140" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B140" s="2">
-        <v>2814</v>
+        <v>2955</v>
       </c>
       <c r="C140" s="2">
-        <v>2955</v>
+        <v>3103</v>
       </c>
       <c r="D140" s="2">
-        <v>3102</v>
+        <v>3258</v>
       </c>
       <c r="E140" s="2">
-        <v>3413</v>
+        <v>3584</v>
       </c>
     </row>
     <row r="141" spans="1:5">
       <c r="A141" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B141" s="2">
-        <v>2727</v>
+        <v>2863</v>
       </c>
       <c r="C141" s="2">
-        <v>2863</v>
+        <v>3006</v>
       </c>
       <c r="D141" s="2">
-        <v>3007</v>
+        <v>3156</v>
       </c>
       <c r="E141" s="2">
-        <v>3307</v>
+        <v>3472</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A11:E11"/>
     <mergeCell ref="A22:E22"/>
     <mergeCell ref="A29:E29"/>
     <mergeCell ref="A35:E35"/>
     <mergeCell ref="A42:E42"/>
     <mergeCell ref="A55:E55"/>
     <mergeCell ref="A66:E66"/>
     <mergeCell ref="A71:E71"/>
     <mergeCell ref="A82:E82"/>
     <mergeCell ref="A89:E89"/>
     <mergeCell ref="A94:E94"/>
     <mergeCell ref="A99:E99"/>
     <mergeCell ref="A105:E105"/>
     <mergeCell ref="A116:E116"/>
     <mergeCell ref="A124:E124"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
-    <oddHeader>&amp;L&amp;G&amp;Cтел./факс: +7 (831) 435-45-50, 439-38-90&amp;R03.01.2026</oddHeader>
+    <oddHeader>&amp;L&amp;G&amp;Cтел./факс: +7 (831) 435-45-50, 439-38-90&amp;R18.02.2026</oddHeader>
     <oddFooter>rommed.ru</oddFooter>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <legacyDrawingHF r:id="rId_headerfooter_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>